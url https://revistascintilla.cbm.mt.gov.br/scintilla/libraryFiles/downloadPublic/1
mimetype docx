--- v0 (2025-10-18)
+++ v1 (2026-01-31)
@@ -5,1440 +5,1531 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="39ACF12D" w14:textId="4305CBFF" w:rsidR="00385A1B" w:rsidRPr="00196F26" w:rsidRDefault="00385A1B" w:rsidP="00101F01">
+    <w:p w14:paraId="39ACF12D" w14:textId="175A08B1" w:rsidR="00385A1B" w:rsidRPr="00437947" w:rsidRDefault="00385A1B" w:rsidP="00101F01">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00196F26">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TÍTULO DO</w:t>
       </w:r>
-      <w:r w:rsidR="001D0F62" w:rsidRPr="00196F26">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001D0F62" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ARTIGO CIENTÍFICO</w:t>
       </w:r>
-      <w:r w:rsidR="00ED61BC" w:rsidRPr="00196F26">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00ED61BC" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00196F26">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EM PORTUGUÊS</w:t>
       </w:r>
-      <w:r w:rsidR="008C69E9" w:rsidRPr="00196F26">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008C69E9" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00196F26">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008C69E9" w:rsidRPr="00196F26">
-[...34 lines deleted...]
-    <w:p w14:paraId="59AB9181" w14:textId="25F9E020" w:rsidR="008C69E9" w:rsidRPr="00196F26" w:rsidRDefault="008C69E9" w:rsidP="00101F01">
+      <w:r w:rsidR="003C29BD" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SUBTÍTULO DO ARTIGO CIENTÍFICO EM PORTUGUÊS</w:t>
+      </w:r>
+      <w:r w:rsidR="002B795F" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (time new </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002B795F" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>roman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002B795F" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59AB9181" w14:textId="016F1607" w:rsidR="008C69E9" w:rsidRPr="00437947" w:rsidRDefault="002B795F" w:rsidP="00A7218B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7E17F26E" w14:textId="2BF5865B" w:rsidR="008C69E9" w:rsidRPr="00196F26" w:rsidRDefault="008C69E9" w:rsidP="008C69E9">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Espaço 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E17F26E" w14:textId="6FB7DE6F" w:rsidR="008C69E9" w:rsidRPr="00437947" w:rsidRDefault="008C69E9" w:rsidP="00A7218B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A47C29">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulano de </w:t>
       </w:r>
-      <w:r w:rsidR="00196F26" w:rsidRPr="00A47C29">
+      <w:r w:rsidR="00196F26" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ciclano</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A47C29">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00196F26" w:rsidRPr="00A47C29">
+      <w:r w:rsidR="00196F26" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00196F26" w:rsidRPr="00196F26">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5569" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>eltrano</w:t>
+      </w:r>
+      <w:r w:rsidR="00196F26" w:rsidRPr="00437947">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74E851EC" w14:textId="77777777" w:rsidR="001C456C" w:rsidRDefault="001C456C" w:rsidP="000A7DCA">
+    <w:p w14:paraId="74E851EC" w14:textId="182EDEAD" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="002B795F" w:rsidP="00A7218B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0F9BC28C" w14:textId="77777777" w:rsidR="001C456C" w:rsidRDefault="001C456C" w:rsidP="000A7DCA">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5569" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Time New Roman 10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B770578" w14:textId="1F05C1F6" w:rsidR="001571BF" w:rsidRPr="00437947" w:rsidRDefault="001571BF" w:rsidP="00A7218B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...159 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="5335752E" w14:textId="3DC7370E" w:rsidR="00385A1B" w:rsidRPr="00F9285E" w:rsidRDefault="00385A1B" w:rsidP="00385A1B">
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>RESUMO</w:t>
+      </w:r>
+      <w:r w:rsidR="00307014" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00730F66" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>O resumo/abstract deve conter objetivo do trabalho com breves relatos da metodologia, resultados e conclusões. Não deverá exceder 200 palavras. Após o resumo/abstract, devem ser inseridas as palavras-chaves/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00730F66" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>keywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00730F66" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, de 3 a 5, não podendo estas, estarem inclusas no título do trabalho.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B795F" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk209513814"/>
+      <w:r w:rsidR="002B795F" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Time New Roman 10).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="6C433371" w14:textId="77777777" w:rsidR="00A7218B" w:rsidRPr="00437947" w:rsidRDefault="00A7218B" w:rsidP="00A7218B">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="567" w:right="566"/>
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0019A397" w14:textId="59214439" w:rsidR="001571BF" w:rsidRPr="00437947" w:rsidRDefault="001571BF" w:rsidP="00A7218B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Palavra</w:t>
+      </w:r>
+      <w:r w:rsidR="00411387" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-chave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C29BD" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>alavra1</w:t>
+      </w:r>
+      <w:r w:rsidR="003C29BD" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>alavra2</w:t>
+      </w:r>
+      <w:r w:rsidR="003C29BD" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>alavra3</w:t>
+      </w:r>
+      <w:r w:rsidR="003C29BD" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00730F66" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidR="002B795F" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Time New Roman 10).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A586E8" w14:textId="77777777" w:rsidR="00730F66" w:rsidRPr="00437947" w:rsidRDefault="00730F66" w:rsidP="00A7218B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EEE5150" w14:textId="35298103" w:rsidR="00C76878" w:rsidRPr="00437947" w:rsidRDefault="001624A0" w:rsidP="00A7218B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ABSTRACT</w:t>
+      </w:r>
+      <w:r w:rsidR="00307014" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F9285E">
-[...34 lines deleted...]
-    <w:p w14:paraId="44DD59C6" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00F9285E" w:rsidRDefault="001C456C" w:rsidP="00385A1B">
+      <w:r w:rsidR="003649A3" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> O resumo/abstract deve conter objetivo do trabalho com breves relatos da metodologia, resultados e conclusões. Não deverá exceder 200 palavras. Após o resumo/abstract, devem ser inseridas as palavras-chaves/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003649A3" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>keywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003649A3" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, de 3 a 5, não podendo estas, estarem inclusas no título do trabalho.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B795F" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Time New Roman 10).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D4AD9F" w14:textId="77777777" w:rsidR="00A7218B" w:rsidRPr="00437947" w:rsidRDefault="00A7218B" w:rsidP="00A7218B">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="567" w:right="566"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F9285E">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D903ED4" w14:textId="6919761A" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="001571BF" w:rsidP="00A7218B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7AC9E8A1" w14:textId="77777777" w:rsidR="00385A1B" w:rsidRPr="00F9285E" w:rsidRDefault="00385A1B" w:rsidP="00711ABD">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Keywords:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keyword1</w:t>
+      </w:r>
+      <w:r w:rsidR="002B795F" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>keyword2</w:t>
+      </w:r>
+      <w:r w:rsidR="002B795F" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>keyword3</w:t>
+      </w:r>
+      <w:r w:rsidR="002B795F" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidR="00985516" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Time New Roman 10).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C739B0" w14:textId="77777777" w:rsidR="00F00AB8" w:rsidRPr="00437947" w:rsidRDefault="00F00AB8" w:rsidP="00ED61BC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="567" w:right="566"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="2EEE5150" w14:textId="77777777" w:rsidR="00C76878" w:rsidRPr="00F9285E" w:rsidRDefault="001624A0" w:rsidP="00442C98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52FCD347" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="00ED61BC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="567" w:right="566"/>
-[...113 lines deleted...]
-        <w:sectPr w:rsidR="00401675" w:rsidSect="004407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00401675" w:rsidRPr="00437947" w:rsidSect="004407D8">
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:headerReference w:type="first" r:id="rId10"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4842296E" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00196F26" w:rsidRDefault="00401675" w:rsidP="004407D8">
+    <w:p w14:paraId="4842296E" w14:textId="226D8E02" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="004407D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8760"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="2D3C3B40" w14:textId="19425EEF" w:rsidR="00B565F1" w:rsidRPr="00196F26" w:rsidRDefault="00B565F1" w:rsidP="00A02CE8">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTRODUÇÃO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D3C3B40" w14:textId="19425EEF" w:rsidR="00B565F1" w:rsidRPr="00437947" w:rsidRDefault="00B565F1" w:rsidP="00A02CE8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00196F26">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">O texto deve conter </w:t>
       </w:r>
-      <w:r w:rsidR="00A47C29">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00A47C29" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">entre 12 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00A47C29">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00A47C29" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00A47C29">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00A47C29" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
-      <w:r w:rsidRPr="00196F26">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> páginas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, escritas em espaço </w:t>
       </w:r>
-      <w:r w:rsidR="00E8508A">
+      <w:r w:rsidR="00E8508A" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1,5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> com, papel tamanho A4, utilizando fonte Times New Roman tamanho </w:t>
       </w:r>
-      <w:r w:rsidR="00196F26">
+      <w:r w:rsidR="00196F26" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, com margens superior, inferior, esquerda e direita de 2 cm; </w:t>
       </w:r>
-      <w:r w:rsidR="00A02CE8">
+      <w:r w:rsidR="00A02CE8" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">recuos de </w:t>
       </w:r>
-      <w:r w:rsidR="00890B13">
+      <w:r w:rsidR="00890B13" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>início</w:t>
       </w:r>
-      <w:r w:rsidR="00A02CE8">
+      <w:r w:rsidR="00A02CE8" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de parágrafo de 1,25. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O título do trabalho em português deve ser centralizado, com letras maiúsculas, não excedendo 15 palavras. O título em inglês/espanhol deve ser incluído após as palavras-chave e antes do abstract/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>resumen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB9DB5E" w14:textId="2A0045E4" w:rsidR="00B565F1" w:rsidRPr="00196F26" w:rsidRDefault="00B565F1" w:rsidP="00A02CE8">
+    <w:p w14:paraId="7AB9DB5E" w14:textId="2A0045E4" w:rsidR="00B565F1" w:rsidRPr="00437947" w:rsidRDefault="00B565F1" w:rsidP="00A02CE8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Evitar abreviaturas e nomes científicos no título. O nome científico só deve ser empregado quando estritamente necessário. Esses </w:t>
       </w:r>
-      <w:r w:rsidR="00E8508A">
+      <w:r w:rsidR="00E8508A" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>podem</w:t>
       </w:r>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> aparecer nas palavras-chave, resumo e demais seções quando necessários.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47218C2D" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00196F26" w:rsidRDefault="00401675" w:rsidP="00A02CE8">
+    <w:p w14:paraId="47218C2D" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="00A02CE8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Deve apresentar</w:t>
       </w:r>
-      <w:r w:rsidR="00C760F3" w:rsidRPr="00196F26">
+      <w:r w:rsidR="00C760F3" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de forma sucinta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C760F3" w:rsidRPr="00196F26">
+      <w:r w:rsidR="00C760F3" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a importância do problema científico abordado (justificativa) e estabelecer sua relação com outros trabalhos publicados sobre o assunto (revisão de literatura)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Ao fim da introdução, sugere-se a inclusão do objetivo do trabalho</w:t>
       </w:r>
-      <w:r w:rsidR="00C760F3" w:rsidRPr="00196F26">
+      <w:r w:rsidR="00C760F3" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de forma coerente com o Resumo/Abstract</w:t>
       </w:r>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40954722" w14:textId="77777777" w:rsidR="00317EA6" w:rsidRDefault="00681DF2" w:rsidP="00A02CE8">
+    <w:p w14:paraId="6D0B6AE5" w14:textId="789D2B5B" w:rsidR="00681DF2" w:rsidRPr="00437947" w:rsidRDefault="00681DF2" w:rsidP="00A02CE8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00196F26">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Partes em vermelho inclusas neste </w:t>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A partir da data de divulgação deste </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00196F26">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Template</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00196F26">
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> todos os trabalhos (mesmo aqueles no prelo ou em processo de edição) devem atender integramente as normas aqui especificadas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0711FBEA" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00196F26" w:rsidRDefault="001C456C" w:rsidP="004407D8">
+    <w:p w14:paraId="0711FBEA" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="001C456C" w:rsidP="004407D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57F9FD73" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00196F26" w:rsidRDefault="00401675" w:rsidP="004407D8">
+    <w:p w14:paraId="57F9FD73" w14:textId="354D0162" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="004407D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="2C7CFC85" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00196F26" w:rsidRDefault="00401675" w:rsidP="004407D8">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MATERIAL E MÉTODOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7CFC85" w14:textId="0A4C6CF3" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="004407D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00196F26">
-[...8 lines deleted...]
-    <w:p w14:paraId="51F048B1" w14:textId="77777777" w:rsidR="00C760F3" w:rsidRPr="00196F26" w:rsidRDefault="00401675" w:rsidP="004407D8">
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.1 REGRAS GERAIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51F048B1" w14:textId="77777777" w:rsidR="00C760F3" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="004407D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00196F26">
-[...7 lines deleted...]
-      <w:r w:rsidR="00681DF2" w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nesse quesito, devem ser descritos sistematicamente os materiais, equipamentos e as metodologias utilizadas para o desenvolvimento do trabalho. Esses aspectos devem ser apresentados </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>de modo que outros pesquisadores ao consultarem o artigo consigam reproduzi-lo com base apenas no que fora descrito</w:t>
+      </w:r>
+      <w:r w:rsidR="00681DF2" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> no trabalho</w:t>
       </w:r>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A2187FE" w14:textId="6B75AD0A" w:rsidR="00C760F3" w:rsidRDefault="00C760F3" w:rsidP="004407D8">
+    <w:p w14:paraId="0A2187FE" w14:textId="6B75AD0A" w:rsidR="00C760F3" w:rsidRPr="00437947" w:rsidRDefault="00C760F3" w:rsidP="004407D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Deve ser organizado, de preferência, em ordem cronológica, evitando detalhes supérfluos e extensas descrições de técnicas de uso corrente (nesses casos apresentar citações).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C7C45E1" w14:textId="66919C48" w:rsidR="00E8508A" w:rsidRDefault="00E8508A" w:rsidP="004407D8">
+    <w:p w14:paraId="1C7C45E1" w14:textId="66919C48" w:rsidR="00E8508A" w:rsidRPr="00437947" w:rsidRDefault="00E8508A" w:rsidP="004407D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75FA315B" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00196F26" w:rsidRDefault="00401675" w:rsidP="004407D8">
+    <w:p w14:paraId="75FA315B" w14:textId="38EDA18C" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00A7218B" w:rsidP="004407D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00196F26">
-[...24 lines deleted...]
-    <w:p w14:paraId="1A4463E6" w14:textId="77777777" w:rsidR="002120EA" w:rsidRPr="00196F26" w:rsidRDefault="002120EA" w:rsidP="00A02CE8">
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.2 FIGURAS E GRÁFICOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A4463E6" w14:textId="77777777" w:rsidR="002120EA" w:rsidRPr="00437947" w:rsidRDefault="002120EA" w:rsidP="00A02CE8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00196F26">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>Os títulos das figuras e tabelas devem ser autoexplicativos (em portugês/inglês)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00196F26">
+        <w:t xml:space="preserve">Os títulos das figuras e tabelas devem ser autoexplicativos (em portugês/inglês) e sua </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e sua formatação conforme apresentado na Figura 1 e Tabela 1. As dimensões em ambos os casos, não devem exceder 16 cm em largura, e devem ser inclusos sempre com a orientação da página na forma retrato.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4CB94180" w14:textId="59D4C3AA" w:rsidR="00401675" w:rsidRPr="00196F26" w:rsidRDefault="002120EA" w:rsidP="00A02CE8">
+        <w:t>formatação conforme apresentado na Figura 1 e Tabela 1. As dimensões em ambos os casos, não devem exceder 16 cm em largura, e devem ser inclusos sempre com a orientação da página na forma retrato.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB94180" w14:textId="59D4C3AA" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="002120EA" w:rsidP="00A02CE8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">As figuras e tabelas devem ser numeradas </w:t>
       </w:r>
-      <w:r w:rsidR="00E8508A" w:rsidRPr="00196F26">
+      <w:r w:rsidR="00E8508A" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sequencialmente</w:t>
       </w:r>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, com algarismo arábico, e apresentadas logo após a sua citação no texto. </w:t>
       </w:r>
-      <w:r w:rsidR="00401675" w:rsidRPr="00196F26">
+      <w:r w:rsidR="00401675" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> As chamadas podem ser no início ou fim da frase entre parênteses. Por exe</w:t>
       </w:r>
-      <w:r w:rsidR="00193CB7" w:rsidRPr="00196F26">
+      <w:r w:rsidR="00193CB7" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">mplo: Na Figura 1, observa-se... </w:t>
       </w:r>
-      <w:r w:rsidR="00401675" w:rsidRPr="00196F26">
+      <w:r w:rsidR="00401675" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>(Figura 1).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A12A842" w14:textId="36C15DDF" w:rsidR="00401675" w:rsidRPr="00401675" w:rsidRDefault="00424280" w:rsidP="00A02CE8">
+    <w:p w14:paraId="7A12A842" w14:textId="0AEBBB1E" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00424280" w:rsidP="00A02CE8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O título da </w:t>
+      </w:r>
+      <w:r w:rsidR="00C760F3" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>igura deve vir logo abaixo da imagem, precedido pelo nome Figura e o número identificação da imagem. A fo</w:t>
+      </w:r>
+      <w:r w:rsidR="00C760F3" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>te utilizada deve ser T</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8508A" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">imes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8508A" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ew </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8508A" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>oman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9.</w:t>
+      </w:r>
+      <w:r w:rsidR="00193CB7" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Caso a imagem tenha em seu interior nome, estas deve utili</w:t>
+      </w:r>
+      <w:r w:rsidR="00C760F3" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>zar a mesma fonte do título da Figura</w:t>
+      </w:r>
+      <w:r w:rsidR="00193CB7" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10762580" w14:textId="1B168310" w:rsidR="00A7218B" w:rsidRPr="00437947" w:rsidRDefault="00A7218B" w:rsidP="00487940">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00196F26">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve">O título da </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C760F3" w:rsidRPr="00196F26">
+        <w:t>Figura 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00073995" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>F</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00196F26">
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t>igura deve vir logo abaixo da imagem, precedido pelo nome Figura e o número identificação da imagem. A fo</w:t>
-[...122 lines deleted...]
-    <w:p w14:paraId="38CDE73C" w14:textId="77777777" w:rsidR="00C47CA6" w:rsidRDefault="00C47CA6" w:rsidP="00424280">
+        <w:t>Título da figura</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38CDE73C" w14:textId="77777777" w:rsidR="00C47CA6" w:rsidRPr="00437947" w:rsidRDefault="00C47CA6" w:rsidP="00424280">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E2CBAFE" w14:textId="6F755BF7" w:rsidR="00193CB7" w:rsidRDefault="00A02CE8" w:rsidP="00424280">
+    <w:p w14:paraId="4E2CBAFE" w14:textId="6F755BF7" w:rsidR="00193CB7" w:rsidRPr="00437947" w:rsidRDefault="00A02CE8" w:rsidP="00424280">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="64C134B9" wp14:editId="3815C383">
             <wp:extent cx="2962275" cy="1438275"/>
             <wp:effectExtent l="38100" t="38100" r="47625" b="47625"/>
             <wp:docPr id="1" name="Imagem 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
@@ -1453,1614 +1544,1389 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2962275" cy="1438275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="22225">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="250E8614" w14:textId="727424E4" w:rsidR="00C47CA6" w:rsidRDefault="00C47CA6" w:rsidP="00193CB7">
+    <w:p w14:paraId="250E8614" w14:textId="7739D608" w:rsidR="00C47CA6" w:rsidRPr="00437947" w:rsidRDefault="00A7218B" w:rsidP="00193CB7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008163CC">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Figura 1. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A02CE8">
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00193CB7" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>xxxxxxxxxxxxxxxxxxxx</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00193CB7">
+        <w:t xml:space="preserve">Fonte: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A02CE8" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Fonte: </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A02CE8">
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00193CB7" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>xxx</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00193CB7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="150D6C1B" w14:textId="77777777" w:rsidR="00A034A7" w:rsidRPr="00437947" w:rsidRDefault="00A034A7" w:rsidP="00193CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...57 lines deleted...]
-    <w:p w14:paraId="3EF8FB23" w14:textId="728F209A" w:rsidR="00C760F3" w:rsidRPr="00F9285E" w:rsidRDefault="00C760F3" w:rsidP="004407D8">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EF8FB23" w14:textId="728F209A" w:rsidR="00C760F3" w:rsidRPr="00437947" w:rsidRDefault="00C760F3" w:rsidP="004407D8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:t xml:space="preserve">São consideradas figuras: gráficos, desenhos, mapas e fotografias usados para ilustrar o texto. Só devem acompanhar o texto quando forem absolutamente necessárias à documentação dos fatos descritos, além de ser </w:t>
       </w:r>
-      <w:r w:rsidR="00A02CE8" w:rsidRPr="00F9285E">
+      <w:r w:rsidR="00A02CE8" w:rsidRPr="00437947">
         <w:t>autoexplicativas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:t>. A legenda (chave das convenções adotadas) deve ser incluída no corpo da figura, no título, ou entre a figura e o título.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70C73173" w14:textId="77777777" w:rsidR="00C760F3" w:rsidRPr="00F9285E" w:rsidRDefault="00C760F3" w:rsidP="004407D8">
+    <w:p w14:paraId="70C73173" w14:textId="77777777" w:rsidR="00C760F3" w:rsidRPr="00437947" w:rsidRDefault="00C760F3" w:rsidP="004407D8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00437947">
         <w:t>Nos gráficos, as designações das variáveis dos eixos X e Y devem ter iniciais maiúsculas, e devem ser seguidas das unidades entre parênteses. Os pontos das curvas devem ser representados por marcadores contrastantes, como: círculo, quadrado, triângulo ou losango (cheios ou vazios). Os números que representam as grandezas e respectivas marcas devem ficar fora do quadrante. As curvas devem ser identificadas na própria Figura</w:t>
       </w:r>
-      <w:r w:rsidR="00A96677" w:rsidRPr="00F9285E">
+      <w:r w:rsidR="00A96677" w:rsidRPr="00437947">
         <w:t xml:space="preserve"> (em caso de apenas uma curva “linha de tendência” não há necessidade de identificação)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:t>, evitando o excesso de informações que comprometa o entendimento do gráfico.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C0EA69" w14:textId="77777777" w:rsidR="00A96677" w:rsidRPr="00F9285E" w:rsidRDefault="00C760F3" w:rsidP="004407D8">
+    <w:p w14:paraId="24C0EA69" w14:textId="77777777" w:rsidR="00A96677" w:rsidRPr="00437947" w:rsidRDefault="00C760F3" w:rsidP="004407D8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
+        <w:lastRenderedPageBreak/>
         <w:t>Figuras não-originais (de autoria própria) devem conter, após o título, a fonte de onde foram extraídas; as fontes devem ser referenciadas. O crédito para o autor de fotografias é obrigatório, como também é obrigatório o crédito para o autor de desenhos e gráficos que tenham exigido ação criativa em sua elaboração. - As unidades, a fonte (Times New Roman) e o corpo das letras em todas as figuras devem ser padronizados.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17ED8BB3" w14:textId="77777777" w:rsidR="00C760F3" w:rsidRPr="00F9285E" w:rsidRDefault="002120EA" w:rsidP="004407D8">
+    <w:p w14:paraId="17ED8BB3" w14:textId="77777777" w:rsidR="00C760F3" w:rsidRPr="00437947" w:rsidRDefault="002120EA" w:rsidP="004407D8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:t>As Figuras d</w:t>
       </w:r>
-      <w:r w:rsidR="00C760F3" w:rsidRPr="00F9285E">
+      <w:r w:rsidR="00C760F3" w:rsidRPr="00437947">
         <w:t>evem ser gravadas nos programas Word, Exce</w:t>
       </w:r>
-      <w:r w:rsidR="00A96677" w:rsidRPr="00F9285E">
+      <w:r w:rsidR="00A96677" w:rsidRPr="00437947">
         <w:t>l ou Corel</w:t>
       </w:r>
-      <w:r w:rsidR="00C760F3" w:rsidRPr="00F9285E">
+      <w:r w:rsidR="00C760F3" w:rsidRPr="00437947">
         <w:t xml:space="preserve">Draw, para possibilitar a edição </w:t>
       </w:r>
-      <w:r w:rsidR="00A96677" w:rsidRPr="00F9285E">
+      <w:r w:rsidR="00A96677" w:rsidRPr="00437947">
         <w:t xml:space="preserve">em inglês e </w:t>
       </w:r>
-      <w:r w:rsidR="00C760F3" w:rsidRPr="00F9285E">
+      <w:r w:rsidR="00C760F3" w:rsidRPr="00437947">
         <w:t>possíveis correções.</w:t>
       </w:r>
-      <w:r w:rsidR="00A96677" w:rsidRPr="00F9285E">
+      <w:r w:rsidR="00A96677" w:rsidRPr="00437947">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F15056E" w14:textId="77777777" w:rsidR="00A96677" w:rsidRPr="00F9285E" w:rsidRDefault="00A96677" w:rsidP="004407D8">
+    <w:p w14:paraId="0F15056E" w14:textId="77777777" w:rsidR="00A96677" w:rsidRPr="00437947" w:rsidRDefault="00A96677" w:rsidP="004407D8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:t xml:space="preserve">No caso de gráfico de barras e colunas, sempre que possível usar escala de cinza (exemplo: 0, 25, 50, 75 e 100%, para cinco variáveis). As Figuras podem ser coloridas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347E17AA" w14:textId="77777777" w:rsidR="002120EA" w:rsidRPr="00F9285E" w:rsidRDefault="002120EA" w:rsidP="004407D8">
+    <w:p w14:paraId="347E17AA" w14:textId="302B5F17" w:rsidR="002120EA" w:rsidRPr="00437947" w:rsidRDefault="002120EA" w:rsidP="004407D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No título das tabelas, os nomes das variáveis que representam o conteúdo de cada coluna devem ser grafados por extenso; se isso não for possível, explicar o significado das abreviaturas no título ou nas notas-de-rodapé.</w:t>
       </w:r>
-      <w:r w:rsidR="0095261E" w:rsidRPr="00F9285E">
+      <w:r w:rsidR="0095261E" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> As tabelas não podem ter largura superior a 17 cm e devem se enquadrar em apenas uma página incluindo, o título (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-      <w:r w:rsidR="0095261E" w:rsidRPr="00F9285E">
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>português</w:t>
+      </w:r>
+      <w:r w:rsidR="0095261E" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/inglês).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645EB244" w14:textId="654492E3" w:rsidR="00A96677" w:rsidRPr="00CA3BB6" w:rsidRDefault="00401675" w:rsidP="004407D8">
+    <w:p w14:paraId="645EB244" w14:textId="27EC727C" w:rsidR="00A96677" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="004407D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA3BB6">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">As tabelas devem apresentar apenas as linhas horizontais, conforme Tabela 1. As chamadas no texto devem seguir o mesmo padrão adotado para as figuras. </w:t>
       </w:r>
-      <w:r w:rsidR="008163CC" w:rsidRPr="00CA3BB6">
+      <w:r w:rsidR="008163CC" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>O texto e o título das tabelas deve ter fonte</w:t>
       </w:r>
-      <w:r w:rsidR="00CA3BB6">
+      <w:r w:rsidR="00CA3BB6" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Times New Roman</w:t>
       </w:r>
-      <w:r w:rsidR="00A96677" w:rsidRPr="00CA3BB6">
+      <w:r w:rsidR="00A96677" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tamanho 9 e as notas</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002120EA" w:rsidRPr="00CA3BB6">
+        <w:t xml:space="preserve"> tamanho </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00A96677" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e as notas</w:t>
+      </w:r>
+      <w:r w:rsidR="002120EA" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00A96677" w:rsidRPr="00CA3BB6">
+      <w:r w:rsidR="00A96677" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidR="002120EA" w:rsidRPr="00CA3BB6">
+      <w:r w:rsidR="002120EA" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00A96677" w:rsidRPr="00CA3BB6">
+      <w:r w:rsidR="00A96677" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>rodapé em</w:t>
       </w:r>
-      <w:r w:rsidR="00CA3BB6">
+      <w:r w:rsidR="00CA3BB6" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Times New Roman</w:t>
       </w:r>
-      <w:r w:rsidR="00A96677" w:rsidRPr="00CA3BB6">
+      <w:r w:rsidR="00A96677" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> tamanho</w:t>
       </w:r>
-      <w:r w:rsidR="008163CC" w:rsidRPr="00CA3BB6">
+      <w:r w:rsidR="008163CC" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 8.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1FE9CEEB" w14:textId="77777777" w:rsidR="002120EA" w:rsidRPr="00F9285E" w:rsidRDefault="00A96677" w:rsidP="004407D8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="008163CC" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE9CEEB" w14:textId="77777777" w:rsidR="002120EA" w:rsidRPr="00437947" w:rsidRDefault="00A96677" w:rsidP="004407D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Todas as unidades de medida devem ser apresentadas segundo o Sistema Internacional de Unidades.</w:t>
       </w:r>
-      <w:r w:rsidR="002120EA" w:rsidRPr="00F9285E">
+      <w:r w:rsidR="002120EA" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nenhuma célula (cruzamento de linha com coluna) deve ficar vazia no corpo da tabela; dados não apresentados devem ser representados por hífen, com uma nota-de-rodapé explicativa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67B3DCA5" w14:textId="118AB648" w:rsidR="00A96677" w:rsidRDefault="00A96677" w:rsidP="004407D8">
+    <w:p w14:paraId="67B3DCA5" w14:textId="118AB648" w:rsidR="00A96677" w:rsidRPr="00437947" w:rsidRDefault="00A96677" w:rsidP="004407D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Na comparação de médias de tratamentos são utilizadas, no corpo da tabela, na coluna ou na linha, à direita do dado, letras minúsculas ou maiúsculas, com a indicação em nota-de-rodapé do teste utilizado e a probabilidade.</w:t>
       </w:r>
-      <w:r w:rsidR="002120EA" w:rsidRPr="00F9285E">
+      <w:r w:rsidR="002120EA" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Para indicação de significância estatística, são utilizadas, no corpo da tabela, na forma de expoente, à direita do dado, as chamadas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ns</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (não-significativo); * e ** (significativo a 5 e 1% de probabilidade, respectivamente).</w:t>
       </w:r>
-      <w:r w:rsidRPr="002120EA">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="117FAD3E" w14:textId="03675086" w:rsidR="00F9285E" w:rsidRDefault="00F9285E" w:rsidP="002120EA">
-[...51 lines deleted...]
-    <w:p w14:paraId="6649A1B0" w14:textId="77777777" w:rsidR="00401675" w:rsidRDefault="00401675" w:rsidP="00401675">
+    <w:p w14:paraId="13817363" w14:textId="77777777" w:rsidR="00A7218B" w:rsidRPr="00437947" w:rsidRDefault="00A7218B" w:rsidP="00401675">
       <w:pPr>
         <w:pStyle w:val="TextosemFormatao"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008163CC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6649A1B0" w14:textId="1323EBED" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="00401675">
+      <w:pPr>
+        <w:pStyle w:val="TextosemFormatao"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00255D6B" w:rsidRPr="008163CC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="008163CC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tabela 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00073995" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Comparações entre médias para os</w:t>
       </w:r>
-      <w:r w:rsidR="00255D6B" w:rsidRPr="008163CC">
+      <w:r w:rsidR="00255D6B" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> rendimentos em carvão vegetal</w:t>
       </w:r>
-      <w:r w:rsidRPr="008163CC">
-[...8 lines deleted...]
-    <w:p w14:paraId="31CCC311" w14:textId="77777777" w:rsidR="00A034A7" w:rsidRPr="0095261E" w:rsidRDefault="00A034A7" w:rsidP="00A034A7">
+    </w:p>
+    <w:p w14:paraId="31CCC311" w14:textId="4AD04AE0" w:rsidR="00A034A7" w:rsidRPr="00437947" w:rsidRDefault="00A034A7" w:rsidP="00A034A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...50 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2167"/>
         <w:gridCol w:w="2390"/>
         <w:gridCol w:w="2616"/>
         <w:gridCol w:w="2465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00401675" w:rsidRPr="00C47CA6" w14:paraId="54E0A6BD" w14:textId="77777777" w:rsidTr="00C47CA6">
+      <w:tr w:rsidR="00401675" w:rsidRPr="00437947" w14:paraId="54E0A6BD" w14:textId="77777777" w:rsidTr="00C47CA6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="49"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1124" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17642CC2" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00C47CA6" w:rsidRDefault="00401675" w:rsidP="00255D6B">
+          <w:p w14:paraId="17642CC2" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="00255D6B">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C47CA6">
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Espécies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3876" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7915D02F" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00C47CA6" w:rsidRDefault="00401675" w:rsidP="00401675">
+          <w:p w14:paraId="7915D02F" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="00401675">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C47CA6">
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rendimento das Carbonizações (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401675" w:rsidRPr="00C47CA6" w14:paraId="39B6B64B" w14:textId="77777777" w:rsidTr="00255D6B">
+      <w:tr w:rsidR="00401675" w:rsidRPr="00437947" w14:paraId="39B6B64B" w14:textId="77777777" w:rsidTr="00255D6B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="58"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1124" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="496990AD" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00C47CA6" w:rsidRDefault="00401675" w:rsidP="00401675">
+          <w:p w14:paraId="496990AD" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="00401675">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1240" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71E02BE3" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00424280" w:rsidRDefault="008163CC" w:rsidP="00424280">
+          <w:p w14:paraId="71E02BE3" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="008163CC" w:rsidP="00424280">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00424280">
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Carvão</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1357" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4000AB03" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00424280" w:rsidRDefault="00424280" w:rsidP="00424280">
+          <w:p w14:paraId="4000AB03" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00424280" w:rsidP="00424280">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Condensados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74AD5C31" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00424280" w:rsidRDefault="008163CC" w:rsidP="00424280">
+          <w:p w14:paraId="74AD5C31" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="008163CC" w:rsidP="00424280">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00424280">
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ñ-Cond.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401675" w:rsidRPr="008163CC" w14:paraId="3C146921" w14:textId="77777777" w:rsidTr="00401675">
+      <w:tr w:rsidR="00401675" w:rsidRPr="00437947" w14:paraId="3C146921" w14:textId="77777777" w:rsidTr="00401675">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1124" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="317C23B4" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="008163CC" w:rsidRDefault="00255D6B" w:rsidP="00255D6B">
+          <w:p w14:paraId="317C23B4" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00255D6B" w:rsidP="00255D6B">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008163CC">
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Espécie A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1240" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02727CAC" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="008163CC" w:rsidRDefault="00401675" w:rsidP="00424280">
+          <w:p w14:paraId="02727CAC" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="00424280">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:ind w:firstLine="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008163CC">
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40,76 a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1357" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D258283" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="008163CC" w:rsidRDefault="00401675" w:rsidP="00424280">
+          <w:p w14:paraId="7D258283" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="00424280">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:ind w:right="235" w:firstLine="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008163CC">
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40,35 a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="230CC5FE" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="008163CC" w:rsidRDefault="00401675" w:rsidP="00424280">
+          <w:p w14:paraId="230CC5FE" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="00424280">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:ind w:right="235" w:firstLine="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008163CC">
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>18,90 b</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401675" w:rsidRPr="008163CC" w14:paraId="1FD8EB33" w14:textId="77777777" w:rsidTr="00401675">
+      <w:tr w:rsidR="00401675" w:rsidRPr="00437947" w14:paraId="1FD8EB33" w14:textId="77777777" w:rsidTr="00401675">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1124" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7611F83E" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="008163CC" w:rsidRDefault="00255D6B" w:rsidP="00401675">
+          <w:p w14:paraId="7611F83E" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00255D6B" w:rsidP="00401675">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008163CC">
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Espécie B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1240" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2A6D59E3" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="008163CC" w:rsidRDefault="00401675" w:rsidP="00424280">
+          <w:p w14:paraId="2A6D59E3" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="00424280">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:ind w:firstLine="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008163CC">
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>39,42 a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1357" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="401E1A94" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="008163CC" w:rsidRDefault="00401675" w:rsidP="00424280">
+          <w:p w14:paraId="401E1A94" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="00424280">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:ind w:right="235" w:firstLine="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008163CC">
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>32,77 b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5DEE73AF" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="008163CC" w:rsidRDefault="00401675" w:rsidP="00424280">
+          <w:p w14:paraId="5DEE73AF" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="00424280">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:ind w:right="235" w:firstLine="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008163CC">
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>27,81 a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401675" w:rsidRPr="008163CC" w14:paraId="510A8C2E" w14:textId="77777777" w:rsidTr="00424280">
+      <w:tr w:rsidR="00401675" w:rsidRPr="00437947" w14:paraId="510A8C2E" w14:textId="77777777" w:rsidTr="00424280">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1124" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5FC3C936" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="008163CC" w:rsidRDefault="00255D6B" w:rsidP="00401675">
+          <w:p w14:paraId="5FC3C936" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00255D6B" w:rsidP="00401675">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008163CC">
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Espécie C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1240" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="750AF39B" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="008163CC" w:rsidRDefault="00401675" w:rsidP="00424280">
+          <w:p w14:paraId="750AF39B" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="00424280">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:ind w:firstLine="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008163CC">
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40,98 a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1357" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="40307D17" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="008163CC" w:rsidRDefault="00401675" w:rsidP="00424280">
+          <w:p w14:paraId="40307D17" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="00424280">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:ind w:right="235" w:firstLine="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008163CC">
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40,22 a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3BB7E5" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="008163CC" w:rsidRDefault="00401675" w:rsidP="00424280">
+          <w:p w14:paraId="1F3BB7E5" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="00424280">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:ind w:right="235" w:firstLine="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008163CC">
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>18,81 b</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00424280" w:rsidRPr="008163CC" w14:paraId="05C55FB1" w14:textId="77777777" w:rsidTr="00424280">
+      <w:tr w:rsidR="00424280" w:rsidRPr="00437947" w14:paraId="05C55FB1" w14:textId="77777777" w:rsidTr="00424280">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1124" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CB09F33" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="008163CC" w:rsidRDefault="00424280" w:rsidP="00401675">
+          <w:p w14:paraId="1CB09F33" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="00437947" w:rsidRDefault="00424280" w:rsidP="00401675">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Espécie D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1240" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3ED81CE0" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="008163CC" w:rsidRDefault="00424280" w:rsidP="00424280">
+          <w:p w14:paraId="3ED81CE0" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="00437947" w:rsidRDefault="00424280" w:rsidP="00424280">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:ind w:firstLine="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40,00 a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1357" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03D8A3CE" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="008163CC" w:rsidRDefault="00424280" w:rsidP="00424280">
+          <w:p w14:paraId="03D8A3CE" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="00437947" w:rsidRDefault="00424280" w:rsidP="00424280">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:ind w:right="235" w:firstLine="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>32,31 b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2910D4ED" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="008163CC" w:rsidRDefault="00424280" w:rsidP="00424280">
+          <w:p w14:paraId="2910D4ED" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="00437947" w:rsidRDefault="00424280" w:rsidP="00424280">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:ind w:right="235" w:firstLine="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12,10 d</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00424280" w:rsidRPr="008163CC" w14:paraId="1C7152C3" w14:textId="77777777" w:rsidTr="00424280">
+      <w:tr w:rsidR="00424280" w:rsidRPr="00437947" w14:paraId="1C7152C3" w14:textId="77777777" w:rsidTr="00424280">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1124" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7FF4C9BC" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="008163CC" w:rsidRDefault="00424280" w:rsidP="00401675">
+          <w:p w14:paraId="7FF4C9BC" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="00437947" w:rsidRDefault="00424280" w:rsidP="00401675">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Média</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1240" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CEC3997" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="008163CC" w:rsidRDefault="00424280" w:rsidP="00424280">
+          <w:p w14:paraId="6CEC3997" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="00437947" w:rsidRDefault="00424280" w:rsidP="00424280">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:ind w:firstLine="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40,29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1357" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D6A3F48" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="008163CC" w:rsidRDefault="00424280" w:rsidP="00424280">
+          <w:p w14:paraId="3D6A3F48" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="00437947" w:rsidRDefault="00424280" w:rsidP="00424280">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:ind w:right="337" w:firstLine="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>36,41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="300A7683" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="008163CC" w:rsidRDefault="00424280" w:rsidP="00424280">
+          <w:p w14:paraId="300A7683" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="00437947" w:rsidRDefault="00424280" w:rsidP="00424280">
             <w:pPr>
               <w:pStyle w:val="TextosemFormatao"/>
               <w:ind w:right="235" w:firstLine="193"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00437947">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>19,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4280CE25" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="008163CC" w:rsidRDefault="008163CC" w:rsidP="00401675">
+    <w:p w14:paraId="4280CE25" w14:textId="5E42D508" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="008163CC" w:rsidP="00401675">
       <w:pPr>
         <w:pStyle w:val="TextosemFormatao"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="16"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Ñ-Cond. = não condensados; </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00401675" w:rsidRPr="008163CC">
+      <w:r w:rsidR="00401675" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Médias</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00401675" w:rsidRPr="008163CC">
+      <w:r w:rsidR="00401675" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> seguidas por uma mesma letra, em cada coluna, não diferem estatisticamente (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00401675" w:rsidRPr="008163CC">
+      <w:r w:rsidR="00401675" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Tukey</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00401675" w:rsidRPr="008163CC">
+      <w:r w:rsidR="00401675" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="16"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="627129F8" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00401675" w:rsidRDefault="00401675" w:rsidP="00401675">
+        </w:rPr>
+        <w:t xml:space="preserve">, p &gt; 0,05) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="627129F8" w14:textId="77777777" w:rsidR="00401675" w:rsidRPr="00437947" w:rsidRDefault="00401675" w:rsidP="00401675">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A6408B4" w14:textId="77777777" w:rsidR="00E465C8" w:rsidRPr="00401675" w:rsidRDefault="00E465C8" w:rsidP="0054192F">
-[...10 lines deleted...]
-    <w:p w14:paraId="5AAEB3A9" w14:textId="77777777" w:rsidR="0054192F" w:rsidRPr="00F9285E" w:rsidRDefault="0054192F" w:rsidP="008C4DAF">
+    <w:p w14:paraId="5AAEB3A9" w14:textId="577929BB" w:rsidR="0054192F" w:rsidRPr="00437947" w:rsidRDefault="00A7218B" w:rsidP="008C4DAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
-[...8 lines deleted...]
-    <w:p w14:paraId="7B2F452A" w14:textId="77777777" w:rsidR="0054192F" w:rsidRPr="00F9285E" w:rsidRDefault="0054192F" w:rsidP="008C4DAF">
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.3 EQUAÇÕES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B2F452A" w14:textId="6355890A" w:rsidR="0054192F" w:rsidRPr="00437947" w:rsidRDefault="0054192F" w:rsidP="008C4DAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Equações citadas no texto devem ser indicadas e postas em </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidR="008A6A85" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sequência</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Equação 1), alinhadas a direita e com a chamada da equação entre parêntesis, conforme o exemplo abaixo. Símbolos e abreviações presentes nas fórmulas devem ser identificados logo após a apresentação da fórmula.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F7D563D" w14:textId="77777777" w:rsidR="0095261E" w:rsidRPr="0054192F" w:rsidRDefault="0095261E" w:rsidP="0054192F">
+    <w:p w14:paraId="5F7D563D" w14:textId="77777777" w:rsidR="0095261E" w:rsidRPr="00437947" w:rsidRDefault="0095261E" w:rsidP="0054192F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66625745" w14:textId="77777777" w:rsidR="0054192F" w:rsidRDefault="0054192F" w:rsidP="0095261E">
+    <w:p w14:paraId="66625745" w14:textId="77777777" w:rsidR="0054192F" w:rsidRPr="00437947" w:rsidRDefault="0054192F" w:rsidP="0095261E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0054192F">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0095261E">
+      <w:r w:rsidR="0095261E" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="0095261E">
+      <w:r w:rsidR="0095261E" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <m:t>ρ=</m:t>
         </m:r>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3114,2752 +2980,2011 @@
               </m:sSubPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <m:t>V</m:t>
                 </m:r>
               </m:e>
               <m:sub>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <m:t>s</m:t>
                 </m:r>
               </m:sub>
             </m:sSub>
           </m:den>
         </m:f>
       </m:oMath>
-      <w:r w:rsidRPr="0054192F">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="0095261E">
+      <w:r w:rsidR="0095261E" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="65BAEE98" w14:textId="77777777" w:rsidR="0054192F" w:rsidRPr="008163CC" w:rsidRDefault="0054192F" w:rsidP="0054192F">
+        <w:t>(1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65BAEE98" w14:textId="77777777" w:rsidR="0054192F" w:rsidRPr="00437947" w:rsidRDefault="0054192F" w:rsidP="0054192F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F603913" w14:textId="77777777" w:rsidR="00E465C8" w:rsidRDefault="00C760F3" w:rsidP="0054192F">
+    <w:p w14:paraId="4F603913" w14:textId="6D82467C" w:rsidR="00E465C8" w:rsidRPr="00437947" w:rsidRDefault="00C760F3" w:rsidP="0054192F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="0054192F" w:rsidRPr="008163CC">
+      <w:r w:rsidR="0054192F" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">m que: </w:t>
       </w:r>
-      <w:r w:rsidR="0054192F" w:rsidRPr="008163CC">
+      <w:r w:rsidR="0054192F" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ρ</w:t>
       </w:r>
-      <w:r w:rsidR="008163CC" w:rsidRPr="008163CC">
+      <w:r w:rsidR="008163CC" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> = massa específica de uma amostra, em g/cm</w:t>
       </w:r>
-      <w:r w:rsidR="008163CC" w:rsidRPr="008163CC">
+      <w:r w:rsidR="008163CC" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="008163CC" w:rsidRPr="008163CC">
+      <w:r w:rsidR="008163CC" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008163CC" w:rsidRPr="008163CC">
+      <w:r w:rsidR="008163CC" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="008163CC" w:rsidRPr="008163CC">
+      <w:r w:rsidR="008163CC" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008163CC" w:rsidRPr="008163CC">
+      <w:r w:rsidR="008163CC" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> = massa seca de uma amostra, em g; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008163CC" w:rsidRPr="008163CC">
+      <w:r w:rsidR="008163CC" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="008163CC" w:rsidRPr="008163CC">
+      <w:r w:rsidR="008163CC" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008163CC" w:rsidRPr="008163CC">
+      <w:r w:rsidR="008163CC" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> = volume saturado de </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="008163CC" w:rsidRPr="008163CC">
+        <w:t xml:space="preserve"> = volume saturado de uma</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>uma amostras</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="008163CC" w:rsidRPr="008163CC">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="008163CC" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> em, g/cm</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0054192F" w:rsidRPr="008163CC">
+        <w:t xml:space="preserve"> amostras </w:t>
+      </w:r>
+      <w:r w:rsidR="008A6A85" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t>em g/cm</w:t>
+      </w:r>
+      <w:r w:rsidR="0054192F" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="397A7168" w14:textId="77777777" w:rsidR="00424280" w:rsidRDefault="00424280" w:rsidP="0054192F">
+    <w:p w14:paraId="397A7168" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="00437947" w:rsidRDefault="00424280" w:rsidP="0054192F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="295D8504" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="00F9285E" w:rsidRDefault="00424280" w:rsidP="008C4DAF">
+    <w:p w14:paraId="295D8504" w14:textId="1A17BF78" w:rsidR="00424280" w:rsidRPr="00437947" w:rsidRDefault="00A7218B" w:rsidP="008C4DAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
-[...8 lines deleted...]
-    <w:p w14:paraId="03C4A2F4" w14:textId="0D565D5A" w:rsidR="00193CB7" w:rsidRPr="00F9285E" w:rsidRDefault="00193CB7" w:rsidP="008C4DAF">
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.4 QUEBRA DE PÁGINA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03C4A2F4" w14:textId="0D565D5A" w:rsidR="00193CB7" w:rsidRPr="00437947" w:rsidRDefault="00193CB7" w:rsidP="008C4DAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sempre que forem utilizadas Figura</w:t>
       </w:r>
-      <w:r w:rsidR="00681DF2" w:rsidRPr="00F9285E">
+      <w:r w:rsidR="00681DF2" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004407D8">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidR="004407D8" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou Tabelas de grandes dimensões </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">onde não seja possível a sua visualização no layout </w:t>
       </w:r>
-      <w:r w:rsidR="004407D8">
+      <w:r w:rsidR="004407D8" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da mesma folha</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, estas devem utilizar quebra de seção contínua, para incluir exclusivamente esta imagem. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29AC1C78" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="00F9285E" w:rsidRDefault="00424280" w:rsidP="008163CC">
+    <w:p w14:paraId="29AC1C78" w14:textId="77777777" w:rsidR="00424280" w:rsidRPr="00437947" w:rsidRDefault="00424280" w:rsidP="008163CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="103C5DBA" w14:textId="675DCABA" w:rsidR="001C456C" w:rsidRPr="00F9285E" w:rsidRDefault="00681DF2" w:rsidP="00317EA6">
+    <w:p w14:paraId="103C5DBA" w14:textId="64228859" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="00A7218B" w:rsidP="00317EA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
-[...7 lines deleted...]
-      <w:r w:rsidR="00317EA6">
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.5 </w:t>
+      </w:r>
+      <w:r w:rsidR="00681DF2" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RESULTADOS </w:t>
+      </w:r>
+      <w:r w:rsidR="00317EA6" w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">E DISCUSSÃO </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E47512" w14:textId="77777777" w:rsidR="00681DF2" w:rsidRPr="00F9285E" w:rsidRDefault="00681DF2" w:rsidP="008C4DAF">
+    <w:p w14:paraId="76E47512" w14:textId="3BDB1E79" w:rsidR="00681DF2" w:rsidRPr="00437947" w:rsidRDefault="00A7218B" w:rsidP="008C4DAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="356C1ED6" w14:textId="77777777" w:rsidR="001B77CC" w:rsidRPr="00F9285E" w:rsidRDefault="00681DF2" w:rsidP="008C4DAF">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.5.1 Regras gerais</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="356C1ED6" w14:textId="77777777" w:rsidR="001B77CC" w:rsidRPr="00437947" w:rsidRDefault="00681DF2" w:rsidP="008C4DAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Os resultados devem ser apresentados no próprio texto ou com o auxílio de gráficos, figuras e/ou tabelas. </w:t>
       </w:r>
-      <w:r w:rsidR="001B77CC" w:rsidRPr="00F9285E">
-[...23 lines deleted...]
-    <w:p w14:paraId="4A387901" w14:textId="77777777" w:rsidR="002120EA" w:rsidRPr="00F9285E" w:rsidRDefault="00681DF2" w:rsidP="008C4DAF">
+      <w:r w:rsidR="001B77CC" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Os dados das tabelas e figuras não devem ser repetidos no texto, mas discutidos em relação aos apresentados por outros autores. Não apresentar os mesmos dados em tabelas e em figuras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A387901" w14:textId="77777777" w:rsidR="002120EA" w:rsidRPr="00437947" w:rsidRDefault="00681DF2" w:rsidP="008C4DAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A discussão dos dados deve ser feita utilizando como base artigos técnico-científicos publicados preferencialmente em periódicos nacionais e/ou internacionais. Citações de teses, dissertações e trabalhos publicados em congressos, quando possível, deverão ser evitadas. Os resultados obtidos nos artigos e em notas técnicas, deverão impreterivelmente apresentar análises estatísticas associadas. A escolha do tipo de análise (variância, fatorial, regressão etc.) fica a critério do(s) autor(es).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73870AB4" w14:textId="77777777" w:rsidR="001C456C" w:rsidRDefault="001C456C" w:rsidP="008C4DAF">
+    <w:p w14:paraId="73870AB4" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="001C456C" w:rsidP="008C4DAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72237E05" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00F9285E" w:rsidRDefault="001C456C" w:rsidP="008C4DAF">
+    <w:p w14:paraId="72237E05" w14:textId="6521D542" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="00A7218B" w:rsidP="008C4DAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="56A67695" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00F9285E" w:rsidRDefault="001C456C" w:rsidP="008C4DAF">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="001C456C" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00487940" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ONSIDERAÇÕES FINAIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A67695" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="001C456C" w:rsidP="008C4DAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
+      <w:r w:rsidRPr="00437947">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nesse tópico deverão ser realizadas conclusões a respeito dos resultados de maior significância obtidos no trabalho, devendo essas, estarem interligadas com objetivo inicial do artigo proposto na introdução e com verbos no presente do indicativo. Não podem consistir no resumo dos resultados.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B201A34" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00F9285E" w:rsidRDefault="001C456C" w:rsidP="008C4DAF">
+    <w:p w14:paraId="4B201A34" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="001C456C" w:rsidP="008C4DAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Poderão ainda ser inclusas, considerações finais feitas pelos autores, assim como, recomendações para o seguimento de futuras pesquisas relacionadas ao trabalho.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="299A2232" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00F9285E" w:rsidRDefault="001C456C" w:rsidP="001C456C">
+    <w:p w14:paraId="299A2232" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="001C456C" w:rsidP="001C456C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4732BDF8" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00F9285E" w:rsidRDefault="001C456C" w:rsidP="008C4DAF">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00383335">
+    <w:p w14:paraId="1051D31C" w14:textId="77777777" w:rsidR="00FC0989" w:rsidRPr="00437947" w:rsidRDefault="001C456C" w:rsidP="00D906F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Tópico opcional</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="4946D1D2" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00F9285E" w:rsidRDefault="001C456C" w:rsidP="001C456C">
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>REFERÊNCIAS</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0989" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E5139A" w14:textId="629F3219" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="00FC0989" w:rsidP="00D906F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="50E5139A" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00F9285E" w:rsidRDefault="001C456C" w:rsidP="001C456C">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(centralizada, sem numeração, alinhada à direita e espaço simples)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06606248" w14:textId="3FB3747B" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="001C456C" w:rsidP="003F2543">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F9285E">
-[...8 lines deleted...]
-    <w:p w14:paraId="670AC486" w14:textId="77777777" w:rsidR="00A1138F" w:rsidRDefault="00A1138F" w:rsidP="00A1138F">
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASSOCIAÇÃO BRASILEIRA DE NORMAS TÉCNICAS (ABNT). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBR 8112:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Carvão vegetal: análise imediata. Rio de Janeiro: ABNT, 1983. 6p.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D906F2" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA724E5" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="001C456C" w:rsidP="003F2543">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">características são exigências e/ou recomendações feitas pelas principais bases indexadores, assim como, daquelas que a revista </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">KERBER, P. R.; STANGERLIN, D. M.; PARIZ, E.; MELO, R. R.; SOUZA, A. P. CALEGARI, L. Colorimetry and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00890B13">
-[...5 lines deleted...]
-        <w:t>Scintilla</w:t>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>surfasse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00890B13">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> pleiteia integrar-se </w:t>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> roughness of three amazon woods submitted to natural weathering. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Nativa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sinop</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, v.4, n.5, p.303-307, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00890B13">
-[...5 lines deleted...]
-        <w:t>em um futuro próximo</w:t>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>set./</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00890B13">
-[...1434 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...115 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">out. 2016. DOI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00E61B90">
+        <w:r w:rsidRPr="00437947">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>http://dx.doi.org/10.14583/2318-7670.v04n05a06</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393F3CA2" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="001C456C" w:rsidP="003F2543">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6030B5A7" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="001C456C" w:rsidP="003F2543">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">STEEL, R. G. D.; TORRIE, J. H. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Principles</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and procedures of statistic: a biometrical approach</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.ed. New York: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mc-Graw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hill, 1980. 633p.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B5B045" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="001C456C" w:rsidP="003F2543">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21DAD268" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="001C456C" w:rsidP="003F2543">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OLIVEIRA, J. B.; VIVACQUA FILHO, A.; GOMES, P. A. Produção de carvão vegetal: aspectos técnicos. In: PENEDO, W.R. (Ed.). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Produção e utilização de carvão vegetal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Belo Horizonte: CETEC, 1982c. p. 60-73.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C6AB15" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="001C456C" w:rsidP="003F2543">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="222B6EED" w14:textId="602CDC53" w:rsidR="001C456C" w:rsidRPr="00437947" w:rsidRDefault="001C456C" w:rsidP="003F2543">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">FOOD AND AGRICULTURAL ORGANIZATION (FAO). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Energy supply and demand: trends and prospects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Disponível em: &lt;ftp://ftp.fao.org/docrep/fao /010/i0139e/i0139e03.pdf&gt;. Acesso em: 15 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ago</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A03A48" w14:textId="77777777" w:rsidR="006F2693" w:rsidRPr="00437947" w:rsidRDefault="006F2693" w:rsidP="003F2543">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="393F3CA2" w14:textId="77777777" w:rsidR="001C456C" w:rsidRPr="001C456C" w:rsidRDefault="001C456C" w:rsidP="001C456C">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="340D4A39" w14:textId="3F3A2896" w:rsidR="00A7218B" w:rsidRPr="00437947" w:rsidRDefault="00BD611B" w:rsidP="00A25A9E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OUTRAS CONSIDERAÇÕES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AD06C2E" w14:textId="77777777" w:rsidR="00437947" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="00437947">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10E44F7A" w14:textId="22BD0F8F" w:rsidR="006F2693" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F2693" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Todas as margens, direita, esquerda, superior e inferior terão espaçamento de 2cm. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5CC432" w14:textId="77777777" w:rsidR="00437947" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Os autores poderão ser no máximo em 04 (quatro). O nome do(s) autor(es) deve estar em itálico, posicionado abaixo e à direita do título, como numeração em sobrescrito. Em nota de rodapé deverá conter: titulação acadêmica, titulação funcional (se houver), e e-mail para correspondência. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5CC028" w14:textId="73253566" w:rsidR="00437947" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As citações devem, obrigatoriamente, seguir o sistema de chamada: Autor, data: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">página. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cf. ABNT Nº 10.520 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(observando-se a atualização da norma, em vigor desde 19/07/2023)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NBR 6023/2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17447F92" w14:textId="79335245" w:rsidR="00437947" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Notas devem ser evitadas, restringindo-se a explicações extremamente necessárias, sendo postas, quando inevitáveis, no rodapé.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39DED0FE" w14:textId="6EE601DA" w:rsidR="00437947" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>As citações com mais de três linhas devem vir fora do corpo do texto, tamanho 10, espaçamento simples e recuo de 4,0 cm à esquerda.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340468A8" w14:textId="7289F1C4" w:rsidR="00437947" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Imagens podem ser publicadas desde que citadas as fontes e com as devidas autorizações, de acordo com a legislação vigente. Fica condicionada a publicação das imagens às viabilidades técnicas destas imagens com resolução mínima, formatos de arquivo aceitáveis e requisitos de qualidade para impressão ou visualização digital.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282FBA57" w14:textId="34AFA976" w:rsidR="00437947" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O artigo enviado para publicação na Revista Científica </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Scintilla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, além de se enquadrar nas normas técnicas da ABNT, deve conter ao final do texto, todas as referências utilizadas na pesquisa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34CCB6E4" w14:textId="3F3FEA11" w:rsidR="00A7218B" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4AAB" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Os níveis de títulos têm</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2543" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>formatação visual</w:t>
+      </w:r>
+      <w:r w:rsidR="001C4AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>como o uso de negrito e letras maiúsculas</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD611B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, sendo</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9116D4" w14:textId="717E3689" w:rsidR="00A7218B" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Nível 1 (Título principal):</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t> Todo em caixa alta e negrito.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5525A03A" w14:textId="1890FEA2" w:rsidR="00A7218B" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Exemplo: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>1 TÍTULO DA SEÇÃO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F80A96A" w14:textId="3CD1B581" w:rsidR="00A7218B" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Nível 2 (Subtítulo):</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t> Todo em caixa alta, sem negrito.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25F000E8" w14:textId="7BA71913" w:rsidR="00A7218B" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Exemplo: 2.1 SUBTÍTULO</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC3D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="035F7D02" w14:textId="091D8D67" w:rsidR="00A7218B" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="008A6A85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Nível 3 (Subtítulo de subseção):</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Apenas a primeira letra da primeira palavra em maiúscula </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">em </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>negrito</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014B561A" w14:textId="5BB67E29" w:rsidR="00A7218B" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Exemplo: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>2.1.1 Subtítulo de subseção</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4232C28A" w14:textId="452B2E20" w:rsidR="00A7218B" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A6A85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Nível 4 (Subtítulo de subseção):</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t> Apenas a primeira letra da primeira palavra em maiúscula, sem negrito.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="305E1096" w14:textId="35D65C7E" w:rsidR="00A7218B" w:rsidRPr="00437947" w:rsidRDefault="00437947" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7218B" w:rsidRPr="00437947">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Exemplo: 2.1.1.1 Subtítulo de subseção</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC3D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C4AB1B" w14:textId="77777777" w:rsidR="006F2693" w:rsidRPr="00437947" w:rsidRDefault="006F2693" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0A0A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01D625C9" w14:textId="77777777" w:rsidR="00A7218B" w:rsidRPr="00437947" w:rsidRDefault="00A7218B" w:rsidP="005C27B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...341 lines deleted...]
-    <w:sectPr w:rsidR="001C456C" w:rsidSect="004407D8">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A7218B" w:rsidRPr="00437947" w:rsidSect="004407D8">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="284"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D7566B4" w14:textId="77777777" w:rsidR="009846C0" w:rsidRDefault="009846C0" w:rsidP="00F00AB8">
+    <w:p w14:paraId="1F257D55" w14:textId="77777777" w:rsidR="001F2655" w:rsidRDefault="001F2655" w:rsidP="00F00AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4321EDC1" w14:textId="77777777" w:rsidR="009846C0" w:rsidRDefault="009846C0" w:rsidP="00F00AB8">
+    <w:p w14:paraId="22DAB9C1" w14:textId="77777777" w:rsidR="001F2655" w:rsidRDefault="001F2655" w:rsidP="00F00AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="2A9884BB" w14:textId="77777777" w:rsidR="00CB3F85" w:rsidRPr="00CB3F85" w:rsidRDefault="00CB3F85" w:rsidP="00CB3F85">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:i/>
         <w:sz w:val="6"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3828B8A6" w14:textId="0605C6F5" w:rsidR="00D45157" w:rsidRPr="00711ABD" w:rsidRDefault="00A02CE8" w:rsidP="00CB3F85">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:i/>
@@ -5979,63 +5104,63 @@
     <w:r w:rsidR="00711ABD" w:rsidRPr="007E3135">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:i/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>, 20</w:t>
     </w:r>
     <w:r w:rsidR="00380E70" w:rsidRPr="007E3135">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:i/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>**</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70FE95D8" w14:textId="77777777" w:rsidR="009846C0" w:rsidRDefault="009846C0" w:rsidP="00F00AB8">
+    <w:p w14:paraId="49C777FC" w14:textId="77777777" w:rsidR="001F2655" w:rsidRDefault="001F2655" w:rsidP="00F00AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C34E9EC" w14:textId="77777777" w:rsidR="009846C0" w:rsidRDefault="009846C0" w:rsidP="00F00AB8">
+    <w:p w14:paraId="79413FC3" w14:textId="77777777" w:rsidR="001F2655" w:rsidRDefault="001F2655" w:rsidP="00F00AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="3C9A7811" w14:textId="26C52D4A" w:rsidR="00196F26" w:rsidRPr="00F9285E" w:rsidRDefault="00196F26" w:rsidP="00196F26">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="200" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="111111"/>
           <w:sz w:val="16"/>
@@ -6074,80 +5199,81 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">e e-mail para correspondência. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F9285E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ORCID: 0000-0000-0000-0000;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F8AFA31" w14:textId="0CFD031D" w:rsidR="00196F26" w:rsidRDefault="00196F26">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7043889B" w14:textId="77777777" w:rsidR="00297591" w:rsidRDefault="00000000" w:rsidP="00CB3F85">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7043889B" w14:textId="77777777" w:rsidR="00297591" w:rsidRDefault="001F2655" w:rsidP="00CB3F85">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:id w:val="1182477131"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Margins)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="001C456C">
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:i/>
             <w:noProof/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="pt-BR"/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wps">
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="465B0A74" wp14:editId="2DACDEA8">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="rightMargin">
                     <wp:align>right</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:align>center</wp:align>
                   </wp:positionV>
                   <wp:extent cx="570230" cy="329565"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
@@ -6209,51 +5335,51 @@
                                 <w:t>4</w:t>
                               </w:r>
                               <w:r>
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="rightMargin">
                     <wp14:pctWidth>80000</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </mc:Choice>
             <mc:Fallback>
               <w:pict>
-                <v:rect w14:anchorId="465B0A74" id="Retângulo 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-6.3pt;margin-top:0;width:44.9pt;height:25.95pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:800;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:800;mso-height-percent:0;mso-width-relative:right-margin-area;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7xelO4wEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJk3Y14hRFigwD&#10;ugvQ7QNoWbaF2aJGKbGzrx+lpEmwvQ3zgyCK0iHP4fHqYew7sdfkDdpCziZTKbRVWBnbFPL7t+27&#10;91L4ALaCDq0u5EF7+bB++2Y1uFzPscWu0iQYxPp8cIVsQ3B5lnnV6h78BJ22nKyReggcUpNVBAOj&#10;9102n05vswGpcoRKe8+nT8ekXCf8utYqfKlrr4PoCsm9hbRSWsu4ZusV5A2Ba406tQH/0EUPxnLR&#10;M9QTBBA7Mn9B9UYReqzDRGGfYV0bpRMHZjOb/sHmpQWnExcWx7uzTP7/warP+xf3lWLr3j2j+uGF&#10;xU0LttGPRDi0GiouN4tCZYPz+flBDDw/FeXwCSseLewCJg3GmvoIyOzEmKQ+nKXWYxCKD5d30/kN&#10;D0Rx6mZ+v7xdpgqQvz525MMHjb2Im0ISTzKBw/7Zh9gM5K9XUvPYmWprui4F1JSbjsQeeOrb9J3Q&#10;/eVaYhMJRK/4PIzlyLBxW2J1YF6ER7ewu3nTIv2SYmCnFNL/3AFpKbqPlrW5ny0W0VopWCzv5hzQ&#10;daa8zoBVDFXIIMVxuwlHO+4cmablSrPE0+Ij61mbxPXS1WkK7IYkwcm50W7Xcbp1+b/WvwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFC7/6vbAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C&#10;/2EZwYvYTQWljdkUUSoFQWgVvW6zYxK6Oxuy0zT990570cuD4Q3vfa9YjMGrAfvURjIwnWSgkKro&#10;WqoNfH4sb2egElty1kdCA0dMsCgvLwqbu3igNQ4brpWEUMqtgYa5y7VOVYPBpknskMT7iX2wLGdf&#10;a9fbg4QHr++y7EEH25I0NLbD5war3WYfDOy+Hb8PKx7fVt3yJrx8+fXx1RtzfTU+PYJiHPnvGU74&#10;gg6lMG3jnlxS3oAM4bOKN5vLiq2B++kcdFno/+zlLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQB7xelO4wEAAKcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBQu/+r2wAAAAMBAAAPAAAAAAAAAAAAAAAAAD0EAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" o:allowincell="f" stroked="f">
+                <v:rect w14:anchorId="465B0A74" id="Retângulo 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-6.3pt;margin-top:0;width:44.9pt;height:25.95pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:800;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:800;mso-height-percent:0;mso-width-relative:right-margin-area;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCW7KAOAQIAANADAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/adJus8tGTVerroqQ&#10;FlixcADHcRKLxGPGbpNyHK6yF2PsdLsF/hD5sDyZ8fO8N8+rm7Hv2F6h02AKPp+lnCkjodKmKfjX&#10;L9s3bzlzXphKdGBUwQ/K8Zv161erweZqAS10lUJGIMblgy14673Nk8TJVvXCzcAqQ8kasBeeQmyS&#10;CsVA6H2XLNL0MhkAK4sglXP0925K8nXEr2sl/ae6dsqzruDUm48rxrUMa7JeibxBYVstj22If+ii&#10;F9rQpSeoO+EF26H+C6rXEsFB7WcS+gTqWksVORCbefoHm8dWWBW5kDjOnmRy/w9Wftw/INNVwbNl&#10;xpkRPQ3ps/JPP02z64Atg0KDdTkVPtoHDBydvQf5zTEDm1aYRt0iwtAqUVFf81Cf/HYgBI6OsnL4&#10;ABXBi52HKNZYYx8ASQY2xpkcTjNRo2eSfmZX6eKCJicpdbG4zi6zeIPInw9bdP6dgp6FTcGRRh7B&#10;xf7e+dCMyJ9LYvPQ6Wqruy4G2JSbDtlekD228Tuiu5eyyCYQmITwYzkeNSmhOhAvhMlW9Axo0wL+&#10;4GwgSxXcfd8JVJx17w1pcz1fLoMHY7DMrhYU4HmmPM8IIwmq4J6zabvxk293FnXT0k3zyNPALelZ&#10;68g1aD11dZwC2SZKcLR48OV5HKteHuL6FwAAAP//AwBQSwMEFAAGAAgAAAAhAFC7/6vbAAAAAwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwYvYTQWljdkUUSoFQWgVvW6zYxK6Oxuy&#10;0zT990570cuD4Q3vfa9YjMGrAfvURjIwnWSgkKroWqoNfH4sb2egElty1kdCA0dMsCgvLwqbu3ig&#10;NQ4brpWEUMqtgYa5y7VOVYPBpknskMT7iX2wLGdfa9fbg4QHr++y7EEH25I0NLbD5war3WYfDOy+&#10;Hb8PKx7fVt3yJrx8+fXx1RtzfTU+PYJiHPnvGU74gg6lMG3jnlxS3oAM4bOKN5vLiq2B++kcdFno&#10;/+zlLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCW7KAOAQIAANADAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBQu/+r2wAAAAMBAAAPAAAAAAAA&#10;AAAAAAAAAFsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" o:allowincell="f" stroked="f">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="409C2489" w14:textId="77777777" w:rsidR="00B833D5" w:rsidRDefault="0041148B">
                         <w:pPr>
                           <w:pBdr>
                             <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                           </w:pBdr>
                         </w:pPr>
                         <w:r>
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r w:rsidR="00B833D5">
                           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
                         </w:r>
                         <w:r>
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
                         <w:r w:rsidR="00D67C09">
                           <w:rPr>
                             <w:noProof/>
                           </w:rPr>
                           <w:t>4</w:t>
                         </w:r>
                         <w:r>
                           <w:fldChar w:fldCharType="end"/>
@@ -6317,51 +5443,51 @@
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>TÍTULO DO ARTIGO CIENTÍFICO...</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="69DCA7E7" w14:textId="77777777" w:rsidR="00CB3F85" w:rsidRPr="00CB3F85" w:rsidRDefault="00CB3F85" w:rsidP="00CB3F85">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:i/>
         <w:sz w:val="4"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="016444EB" w14:textId="1FAD3AEE" w:rsidR="00C478F4" w:rsidRDefault="00733A77" w:rsidP="00C478F4">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:ind w:firstLine="993"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:i/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:i/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">Revista </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
@@ -6477,51 +5603,51 @@
     <w:r w:rsidR="00485501" w:rsidRPr="00193CB7">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:i/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>, 20</w:t>
     </w:r>
     <w:r w:rsidR="00711ABD" w:rsidRPr="00193CB7">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:i/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>**</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CBF2747"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="068A34FE"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
@@ -6593,50 +5719,228 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="158960F7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F506AE20"/>
+    <w:lvl w:ilvl="0" w:tplc="4C3C03A4">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16D10946"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B86480BA"/>
+    <w:lvl w:ilvl="0" w:tplc="167E62A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="255D1F1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="003A30C4"/>
     <w:lvl w:ilvl="0" w:tplc="395CCAE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6706,51 +6010,140 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34D92693"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="41802662"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="457B4744"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6598DE9C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6796,241 +6189,609 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1340740675">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F48461A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1DA6ADEE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61861DCE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E57A004A"/>
+    <w:lvl w:ilvl="0" w:tplc="5A664D0A">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1648" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2368" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3088" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3808" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4528" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5248" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5968" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6688" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7BD27401"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CBE48E78"/>
+    <w:lvl w:ilvl="0" w:tplc="0416000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1533033968">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1777361394">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="140"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F00AB8"/>
     <w:rsid w:val="00015890"/>
     <w:rsid w:val="000405A4"/>
     <w:rsid w:val="00053E27"/>
     <w:rsid w:val="00055254"/>
     <w:rsid w:val="00072DAF"/>
+    <w:rsid w:val="00073995"/>
     <w:rsid w:val="000901FA"/>
     <w:rsid w:val="000A7DCA"/>
     <w:rsid w:val="000C271E"/>
     <w:rsid w:val="000E50A3"/>
     <w:rsid w:val="00101F01"/>
     <w:rsid w:val="00135468"/>
     <w:rsid w:val="0014564B"/>
     <w:rsid w:val="001571BF"/>
     <w:rsid w:val="001624A0"/>
     <w:rsid w:val="00184A0B"/>
     <w:rsid w:val="00191CC9"/>
     <w:rsid w:val="00193CB7"/>
     <w:rsid w:val="00196F26"/>
     <w:rsid w:val="001B77CC"/>
     <w:rsid w:val="001C1A15"/>
     <w:rsid w:val="001C456C"/>
+    <w:rsid w:val="001C4AAB"/>
     <w:rsid w:val="001D0F62"/>
+    <w:rsid w:val="001F2655"/>
     <w:rsid w:val="002120EA"/>
     <w:rsid w:val="00255D6B"/>
     <w:rsid w:val="00287E9C"/>
     <w:rsid w:val="00297591"/>
+    <w:rsid w:val="002B795F"/>
     <w:rsid w:val="00307014"/>
     <w:rsid w:val="00317EA6"/>
     <w:rsid w:val="00325EE6"/>
     <w:rsid w:val="003649A3"/>
     <w:rsid w:val="00380E70"/>
     <w:rsid w:val="0038138C"/>
     <w:rsid w:val="00383335"/>
     <w:rsid w:val="00385A1B"/>
     <w:rsid w:val="003A0F8A"/>
+    <w:rsid w:val="003C29BD"/>
     <w:rsid w:val="003D6907"/>
+    <w:rsid w:val="003F2543"/>
     <w:rsid w:val="00401675"/>
     <w:rsid w:val="00411387"/>
     <w:rsid w:val="0041148B"/>
     <w:rsid w:val="00424280"/>
+    <w:rsid w:val="00437947"/>
     <w:rsid w:val="004407D8"/>
     <w:rsid w:val="00442C98"/>
     <w:rsid w:val="00485501"/>
+    <w:rsid w:val="00487940"/>
     <w:rsid w:val="00521E10"/>
     <w:rsid w:val="0054192F"/>
     <w:rsid w:val="005B0D54"/>
+    <w:rsid w:val="005C27B9"/>
+    <w:rsid w:val="005C3F8F"/>
     <w:rsid w:val="006203C9"/>
+    <w:rsid w:val="00625FDE"/>
     <w:rsid w:val="00635633"/>
     <w:rsid w:val="00642CD1"/>
     <w:rsid w:val="00681DF2"/>
     <w:rsid w:val="006B46CC"/>
     <w:rsid w:val="006C28B8"/>
     <w:rsid w:val="006E7E3F"/>
+    <w:rsid w:val="006F2693"/>
     <w:rsid w:val="00711ABD"/>
     <w:rsid w:val="00711E44"/>
     <w:rsid w:val="00730F66"/>
     <w:rsid w:val="00733A77"/>
     <w:rsid w:val="0074735A"/>
     <w:rsid w:val="00752F85"/>
     <w:rsid w:val="00781296"/>
     <w:rsid w:val="007D19F1"/>
     <w:rsid w:val="007E3135"/>
     <w:rsid w:val="007F2DF3"/>
     <w:rsid w:val="008163CC"/>
     <w:rsid w:val="00851933"/>
     <w:rsid w:val="008770D7"/>
     <w:rsid w:val="00890B13"/>
+    <w:rsid w:val="008A6A85"/>
     <w:rsid w:val="008C2F73"/>
     <w:rsid w:val="008C4DAF"/>
     <w:rsid w:val="008C616F"/>
     <w:rsid w:val="008C69E9"/>
     <w:rsid w:val="008E1622"/>
     <w:rsid w:val="00933A69"/>
     <w:rsid w:val="009348B7"/>
     <w:rsid w:val="0095261E"/>
     <w:rsid w:val="00977E30"/>
     <w:rsid w:val="009846C0"/>
+    <w:rsid w:val="00985516"/>
     <w:rsid w:val="009A776A"/>
     <w:rsid w:val="009C60E5"/>
     <w:rsid w:val="009D5EAD"/>
     <w:rsid w:val="009D64AF"/>
     <w:rsid w:val="00A02CE8"/>
     <w:rsid w:val="00A034A7"/>
     <w:rsid w:val="00A1138F"/>
     <w:rsid w:val="00A15CCE"/>
+    <w:rsid w:val="00A25A9E"/>
     <w:rsid w:val="00A47C29"/>
     <w:rsid w:val="00A636DB"/>
+    <w:rsid w:val="00A7218B"/>
     <w:rsid w:val="00A96677"/>
     <w:rsid w:val="00AA1FC3"/>
     <w:rsid w:val="00AB2554"/>
+    <w:rsid w:val="00AF5569"/>
     <w:rsid w:val="00B23B21"/>
     <w:rsid w:val="00B34BA4"/>
     <w:rsid w:val="00B3678C"/>
     <w:rsid w:val="00B565F1"/>
     <w:rsid w:val="00B749E1"/>
     <w:rsid w:val="00B77CCA"/>
     <w:rsid w:val="00B833D5"/>
+    <w:rsid w:val="00BD611B"/>
     <w:rsid w:val="00BE385D"/>
     <w:rsid w:val="00C40A3C"/>
     <w:rsid w:val="00C478F4"/>
     <w:rsid w:val="00C47CA6"/>
     <w:rsid w:val="00C760F3"/>
     <w:rsid w:val="00C76878"/>
     <w:rsid w:val="00CA3BB6"/>
     <w:rsid w:val="00CB1F39"/>
     <w:rsid w:val="00CB3F85"/>
     <w:rsid w:val="00CE2858"/>
     <w:rsid w:val="00D31122"/>
     <w:rsid w:val="00D45157"/>
+    <w:rsid w:val="00D47BDD"/>
     <w:rsid w:val="00D67C09"/>
+    <w:rsid w:val="00D906F2"/>
     <w:rsid w:val="00D91D00"/>
     <w:rsid w:val="00E465C8"/>
     <w:rsid w:val="00E75533"/>
     <w:rsid w:val="00E8508A"/>
     <w:rsid w:val="00E9282B"/>
     <w:rsid w:val="00E95AB0"/>
+    <w:rsid w:val="00EC3D21"/>
     <w:rsid w:val="00EC49D2"/>
     <w:rsid w:val="00EC6820"/>
     <w:rsid w:val="00ED61BC"/>
     <w:rsid w:val="00F00AB8"/>
     <w:rsid w:val="00F1698A"/>
     <w:rsid w:val="00F605C7"/>
     <w:rsid w:val="00F854FC"/>
     <w:rsid w:val="00F9285E"/>
     <w:rsid w:val="00FB1326"/>
+    <w:rsid w:val="00FC0989"/>
     <w:rsid w:val="00FC0DC2"/>
     <w:rsid w:val="00FE0B5F"/>
     <w:rsid w:val="00FE5C34"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="06C73865"/>
   <w15:docId w15:val="{752DACD9-AF1C-45CB-AA98-2048CFD1EF34}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -7757,50 +7518,77 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00196F26"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="8456974">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="261106214">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1006782611">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="295184472">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="463348764">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -8136,70 +7924,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\TURABIAN.XSL" StyleName="Turabian"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE8BA9E3-740F-4DD3-B072-1E3A43AD34A6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2351</Words>
-  <Characters>12698</Characters>
+  <Words>1905</Words>
+  <Characters>10292</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>105</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>85</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15019</CharactersWithSpaces>
+  <CharactersWithSpaces>12173</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>hp</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>